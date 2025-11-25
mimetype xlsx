--- v0 (2025-10-05)
+++ v1 (2025-11-25)
@@ -51,51 +51,51 @@
   <si>
     <t>Situação</t>
   </si>
   <si>
     <t>ordem dia</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 33 de 2025</t>
   </si>
   <si>
     <t>Executivo Municipal - Prefeito</t>
   </si>
   <si>
     <t>PLO Nº 33/2025 - Autoriza o Poder Executivo a abrir crédito adicional especial no orçamento do Município, com base em anulação parcial de dotação orçamentária, no valor de R$ 438.700,00 (quatrocentos e trinta e oito mil e setecentos reais), na forma em que especifica abaixo, e da outras providências.</t>
   </si>
   <si>
     <t>Proposição inclusa na Ordem do Dia</t>
   </si>
   <si>
     <t>expediente</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 37 de 2025</t>
   </si>
   <si>
-    <t>PLO Nº 37/2025 - Estima a receita do Município de Carambeí para o exercício financeiro de 2026.</t>
+    <t>SUSBTITUTIVO PLO Nº 37/2025 - Estima a receita do Município de Carambeí para o exercício financeiro de 2026.</t>
   </si>
   <si>
     <t>Matéria inclusa no Expediente</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 38 de 2025</t>
   </si>
   <si>
     <t>PLO Nº 38/2025 - Institui o Plano Plurianual de Governo do Município de Carambeí, Estado do Paraná, para o quadriênio 2026/2029,e dá outras providências.</t>
   </si>
   <si>
     <t>Indicação nº 129 de 2025</t>
   </si>
   <si>
     <t>Ilson Caninana</t>
   </si>
   <si>
     <t>IND Nº 129/2025 - Indica ao Poder Executivo Municipal que estude a possibilidade de implantação de uma lombada/faixa elevada ou outro dispositivo redutor de velocidade na Avenida das Flores, em frente à Unidade Básica de Saúde localizada na mesma Avenida.</t>
   </si>
   <si>
     <t>Indicação nº 130 de 2025</t>
   </si>
   <si>
     <t>Alan Fagundes</t>
   </si>