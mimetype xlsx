--- v0 (2026-02-03)
+++ v1 (2026-03-25)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4200" uniqueCount="1444">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4422" uniqueCount="1505">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo Documento/Sigla</t>
   </si>
   <si>
     <t>Tipo Documento/Descrição</t>
   </si>
   <si>
     <t>Assunto</t>
   </si>
   <si>
     <t>3905</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
@@ -4345,50 +4345,233 @@
     <t>Calendário das Sessões Ordinárias 2026.</t>
   </si>
   <si>
     <t>5454</t>
   </si>
   <si>
     <t>Concessão de adicional por tempo de serviço.</t>
   </si>
   <si>
     <t>5455</t>
   </si>
   <si>
     <t>Agente de contratação nos processos de compra.</t>
   </si>
   <si>
     <t>5456</t>
   </si>
   <si>
     <t>Estabelece a Programação Financeira e o Cronograma de Execução Mensal de Desembolso para o exercício de 2026.</t>
   </si>
   <si>
     <t>5457</t>
   </si>
   <si>
     <t>Concessão de diária ao Ilson Hegler Pedroso de Oliveira.</t>
+  </si>
+  <si>
+    <t>5470</t>
+  </si>
+  <si>
+    <t>5479</t>
+  </si>
+  <si>
+    <t>Nomeia servidor público Paraílio Diniz Junior aprovado em concurso público nº 001/2025 para provimento de cargo efetivo do quadro de pessoal da Câmara Municipal de Carambeí.</t>
+  </si>
+  <si>
+    <t>5480</t>
+  </si>
+  <si>
+    <t>Nomeia servidor público Rafael Felipe Schemberger Andreis aprovado em concurso público nº 001/2025 para provimento de cargo efetivo do quadro de pessoal da Câmara Municipal de Carambeí.</t>
+  </si>
+  <si>
+    <t>5481</t>
+  </si>
+  <si>
+    <t>Nomeia servidor público Tatiane Henn, aprovado em concurso público nº 001/2025 para provimento de cargo efetivo do quadro de pessoal da Câmara Municipal de Carambeí.</t>
+  </si>
+  <si>
+    <t>5501</t>
+  </si>
+  <si>
+    <t>Gratificação de Agente de Contratação e Pregoeira à servidora Tatiane Henn.</t>
+  </si>
+  <si>
+    <t>5502</t>
+  </si>
+  <si>
+    <t>5503</t>
+  </si>
+  <si>
+    <t>5504</t>
+  </si>
+  <si>
+    <t>5505</t>
+  </si>
+  <si>
+    <t>5506</t>
+  </si>
+  <si>
+    <t>5507</t>
+  </si>
+  <si>
+    <t>5508</t>
+  </si>
+  <si>
+    <t>5562</t>
+  </si>
+  <si>
+    <t>Nomeação da Sra Hiohanna Beatrys Mittelstedt Kopes.</t>
+  </si>
+  <si>
+    <t>5569</t>
+  </si>
+  <si>
+    <t>Designar a servidora Tatiane Henn para atuar como agente de contratação e pregoeira.</t>
+  </si>
+  <si>
+    <t>5570</t>
+  </si>
+  <si>
+    <t>Nomeação do Sr Gustavo Marques Krelling.</t>
+  </si>
+  <si>
+    <t>5580</t>
+  </si>
+  <si>
+    <t>Ponto facultativo os dias 16 e 17 de fevereiro de 2026.</t>
+  </si>
+  <si>
+    <t>5614</t>
+  </si>
+  <si>
+    <t>Calendário das sessões 2026.</t>
+  </si>
+  <si>
+    <t>5615</t>
+  </si>
+  <si>
+    <t>5616</t>
+  </si>
+  <si>
+    <t>5617</t>
+  </si>
+  <si>
+    <t>Concessão de diária ao Senhor Antonio Valdelino de Oliveira.</t>
+  </si>
+  <si>
+    <t>5618</t>
+  </si>
+  <si>
+    <t>Concessão de diária a servidora Grazielle Hyczy Lisbôa.</t>
+  </si>
+  <si>
+    <t>5624</t>
+  </si>
+  <si>
+    <t>Concessão de diária ao servidor Ari Rodrigues.</t>
+  </si>
+  <si>
+    <t>5625</t>
+  </si>
+  <si>
+    <t>5626</t>
+  </si>
+  <si>
+    <t>Concede adicional por qualificação e capacitação ao servidor Paraílio Diniz Junior.</t>
+  </si>
+  <si>
+    <t>5627</t>
+  </si>
+  <si>
+    <t>Conceder adicional por qualificação e capacitação a servidora Tatiane Henn</t>
+  </si>
+  <si>
+    <t>5628</t>
+  </si>
+  <si>
+    <t>Concede adicional por qualificação e capacitação ao servidor Gustavo Marques Krelling.</t>
+  </si>
+  <si>
+    <t>5629</t>
+  </si>
+  <si>
+    <t>Nomeação do Sr Vinicius Ryan Ribas Carneiro.</t>
+  </si>
+  <si>
+    <t>5630</t>
+  </si>
+  <si>
+    <t>Concessão de diária ao servidor Gustavo Marques Krelling.</t>
+  </si>
+  <si>
+    <t>5631</t>
+  </si>
+  <si>
+    <t>5634</t>
+  </si>
+  <si>
+    <t>Concessão de diária ao Senhor Pablo Ryan Zens Ribeiro.</t>
+  </si>
+  <si>
+    <t>5660</t>
+  </si>
+  <si>
+    <t>Revogar a Portaria nº 184/2017.</t>
+  </si>
+  <si>
+    <t>5661</t>
+  </si>
+  <si>
+    <t>Concessão de diária ao senhor Cleverson de Oliveira Santos.</t>
+  </si>
+  <si>
+    <t>5671</t>
+  </si>
+  <si>
+    <t>Concessão de diária a Sra Maria Luiza de Oliveira e Silva Taques.</t>
+  </si>
+  <si>
+    <t>5698</t>
+  </si>
+  <si>
+    <t>Concessão de diária ao Senhor Eclaiton Moreira Bueno.</t>
+  </si>
+  <si>
+    <t>5699</t>
+  </si>
+  <si>
+    <t>Revogar, à pedido da servidora Maria Luiza de O S Taques, a Portaria 39/2026.</t>
+  </si>
+  <si>
+    <t>5700</t>
+  </si>
+  <si>
+    <t>Autorizar a concessão de diária ao vereador Cleverson de Oliveira Santos.</t>
+  </si>
+  <si>
+    <t>5741</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -4680,51 +4863,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F700"/>
+  <dimension ref="A1:F737"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="20.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="25.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
@@ -18691,50 +18874,790 @@
       <c r="E699" t="s">
         <v>10</v>
       </c>
       <c r="F699" t="s">
         <v>1441</v>
       </c>
     </row>
     <row r="700" spans="1:6">
       <c r="A700" t="s">
         <v>1442</v>
       </c>
       <c r="B700" t="s">
         <v>1432</v>
       </c>
       <c r="C700" t="s">
         <v>25</v>
       </c>
       <c r="D700" t="s">
         <v>9</v>
       </c>
       <c r="E700" t="s">
         <v>10</v>
       </c>
       <c r="F700" t="s">
         <v>1443</v>
+      </c>
+    </row>
+    <row r="701" spans="1:6">
+      <c r="A701" t="s">
+        <v>1444</v>
+      </c>
+      <c r="B701" t="s">
+        <v>1432</v>
+      </c>
+      <c r="C701" t="s">
+        <v>28</v>
+      </c>
+      <c r="D701" t="s">
+        <v>9</v>
+      </c>
+      <c r="E701" t="s">
+        <v>10</v>
+      </c>
+      <c r="F701" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="702" spans="1:6">
+      <c r="A702" t="s">
+        <v>1445</v>
+      </c>
+      <c r="B702" t="s">
+        <v>1432</v>
+      </c>
+      <c r="C702" t="s">
+        <v>31</v>
+      </c>
+      <c r="D702" t="s">
+        <v>9</v>
+      </c>
+      <c r="E702" t="s">
+        <v>10</v>
+      </c>
+      <c r="F702" t="s">
+        <v>1446</v>
+      </c>
+    </row>
+    <row r="703" spans="1:6">
+      <c r="A703" t="s">
+        <v>1447</v>
+      </c>
+      <c r="B703" t="s">
+        <v>1432</v>
+      </c>
+      <c r="C703" t="s">
+        <v>34</v>
+      </c>
+      <c r="D703" t="s">
+        <v>9</v>
+      </c>
+      <c r="E703" t="s">
+        <v>10</v>
+      </c>
+      <c r="F703" t="s">
+        <v>1448</v>
+      </c>
+    </row>
+    <row r="704" spans="1:6">
+      <c r="A704" t="s">
+        <v>1449</v>
+      </c>
+      <c r="B704" t="s">
+        <v>1432</v>
+      </c>
+      <c r="C704" t="s">
+        <v>37</v>
+      </c>
+      <c r="D704" t="s">
+        <v>9</v>
+      </c>
+      <c r="E704" t="s">
+        <v>10</v>
+      </c>
+      <c r="F704" t="s">
+        <v>1450</v>
+      </c>
+    </row>
+    <row r="705" spans="1:6">
+      <c r="A705" t="s">
+        <v>1451</v>
+      </c>
+      <c r="B705" t="s">
+        <v>1432</v>
+      </c>
+      <c r="C705" t="s">
+        <v>40</v>
+      </c>
+      <c r="D705" t="s">
+        <v>9</v>
+      </c>
+      <c r="E705" t="s">
+        <v>10</v>
+      </c>
+      <c r="F705" t="s">
+        <v>1452</v>
+      </c>
+    </row>
+    <row r="706" spans="1:6">
+      <c r="A706" t="s">
+        <v>1453</v>
+      </c>
+      <c r="B706" t="s">
+        <v>1432</v>
+      </c>
+      <c r="C706" t="s">
+        <v>43</v>
+      </c>
+      <c r="D706" t="s">
+        <v>9</v>
+      </c>
+      <c r="E706" t="s">
+        <v>10</v>
+      </c>
+      <c r="F706" t="s">
+        <v>1220</v>
+      </c>
+    </row>
+    <row r="707" spans="1:6">
+      <c r="A707" t="s">
+        <v>1454</v>
+      </c>
+      <c r="B707" t="s">
+        <v>1432</v>
+      </c>
+      <c r="C707" t="s">
+        <v>46</v>
+      </c>
+      <c r="D707" t="s">
+        <v>9</v>
+      </c>
+      <c r="E707" t="s">
+        <v>10</v>
+      </c>
+      <c r="F707" t="s">
+        <v>1232</v>
+      </c>
+    </row>
+    <row r="708" spans="1:6">
+      <c r="A708" t="s">
+        <v>1455</v>
+      </c>
+      <c r="B708" t="s">
+        <v>1432</v>
+      </c>
+      <c r="C708" t="s">
+        <v>49</v>
+      </c>
+      <c r="D708" t="s">
+        <v>9</v>
+      </c>
+      <c r="E708" t="s">
+        <v>10</v>
+      </c>
+      <c r="F708" t="s">
+        <v>853</v>
+      </c>
+    </row>
+    <row r="709" spans="1:6">
+      <c r="A709" t="s">
+        <v>1456</v>
+      </c>
+      <c r="B709" t="s">
+        <v>1432</v>
+      </c>
+      <c r="C709" t="s">
+        <v>52</v>
+      </c>
+      <c r="D709" t="s">
+        <v>9</v>
+      </c>
+      <c r="E709" t="s">
+        <v>10</v>
+      </c>
+      <c r="F709" t="s">
+        <v>1327</v>
+      </c>
+    </row>
+    <row r="710" spans="1:6">
+      <c r="A710" t="s">
+        <v>1457</v>
+      </c>
+      <c r="B710" t="s">
+        <v>1432</v>
+      </c>
+      <c r="C710" t="s">
+        <v>55</v>
+      </c>
+      <c r="D710" t="s">
+        <v>9</v>
+      </c>
+      <c r="E710" t="s">
+        <v>10</v>
+      </c>
+      <c r="F710" t="s">
+        <v>1288</v>
+      </c>
+    </row>
+    <row r="711" spans="1:6">
+      <c r="A711" t="s">
+        <v>1458</v>
+      </c>
+      <c r="B711" t="s">
+        <v>1432</v>
+      </c>
+      <c r="C711" t="s">
+        <v>58</v>
+      </c>
+      <c r="D711" t="s">
+        <v>9</v>
+      </c>
+      <c r="E711" t="s">
+        <v>10</v>
+      </c>
+      <c r="F711" t="s">
+        <v>1343</v>
+      </c>
+    </row>
+    <row r="712" spans="1:6">
+      <c r="A712" t="s">
+        <v>1459</v>
+      </c>
+      <c r="B712" t="s">
+        <v>1432</v>
+      </c>
+      <c r="C712" t="s">
+        <v>61</v>
+      </c>
+      <c r="D712" t="s">
+        <v>9</v>
+      </c>
+      <c r="E712" t="s">
+        <v>10</v>
+      </c>
+      <c r="F712" t="s">
+        <v>615</v>
+      </c>
+    </row>
+    <row r="713" spans="1:6">
+      <c r="A713" t="s">
+        <v>1460</v>
+      </c>
+      <c r="B713" t="s">
+        <v>1432</v>
+      </c>
+      <c r="C713" t="s">
+        <v>64</v>
+      </c>
+      <c r="D713" t="s">
+        <v>9</v>
+      </c>
+      <c r="E713" t="s">
+        <v>10</v>
+      </c>
+      <c r="F713" t="s">
+        <v>1461</v>
+      </c>
+    </row>
+    <row r="714" spans="1:6">
+      <c r="A714" t="s">
+        <v>1462</v>
+      </c>
+      <c r="B714" t="s">
+        <v>1432</v>
+      </c>
+      <c r="C714" t="s">
+        <v>67</v>
+      </c>
+      <c r="D714" t="s">
+        <v>9</v>
+      </c>
+      <c r="E714" t="s">
+        <v>10</v>
+      </c>
+      <c r="F714" t="s">
+        <v>1463</v>
+      </c>
+    </row>
+    <row r="715" spans="1:6">
+      <c r="A715" t="s">
+        <v>1464</v>
+      </c>
+      <c r="B715" t="s">
+        <v>1432</v>
+      </c>
+      <c r="C715" t="s">
+        <v>70</v>
+      </c>
+      <c r="D715" t="s">
+        <v>9</v>
+      </c>
+      <c r="E715" t="s">
+        <v>10</v>
+      </c>
+      <c r="F715" t="s">
+        <v>1465</v>
+      </c>
+    </row>
+    <row r="716" spans="1:6">
+      <c r="A716" t="s">
+        <v>1466</v>
+      </c>
+      <c r="B716" t="s">
+        <v>1432</v>
+      </c>
+      <c r="C716" t="s">
+        <v>73</v>
+      </c>
+      <c r="D716" t="s">
+        <v>9</v>
+      </c>
+      <c r="E716" t="s">
+        <v>10</v>
+      </c>
+      <c r="F716" t="s">
+        <v>1467</v>
+      </c>
+    </row>
+    <row r="717" spans="1:6">
+      <c r="A717" t="s">
+        <v>1468</v>
+      </c>
+      <c r="B717" t="s">
+        <v>1432</v>
+      </c>
+      <c r="C717" t="s">
+        <v>76</v>
+      </c>
+      <c r="D717" t="s">
+        <v>9</v>
+      </c>
+      <c r="E717" t="s">
+        <v>10</v>
+      </c>
+      <c r="F717" t="s">
+        <v>1469</v>
+      </c>
+    </row>
+    <row r="718" spans="1:6">
+      <c r="A718" t="s">
+        <v>1470</v>
+      </c>
+      <c r="B718" t="s">
+        <v>1432</v>
+      </c>
+      <c r="C718" t="s">
+        <v>79</v>
+      </c>
+      <c r="D718" t="s">
+        <v>9</v>
+      </c>
+      <c r="E718" t="s">
+        <v>10</v>
+      </c>
+      <c r="F718" t="s">
+        <v>744</v>
+      </c>
+    </row>
+    <row r="719" spans="1:6">
+      <c r="A719" t="s">
+        <v>1471</v>
+      </c>
+      <c r="B719" t="s">
+        <v>1432</v>
+      </c>
+      <c r="C719" t="s">
+        <v>82</v>
+      </c>
+      <c r="D719" t="s">
+        <v>9</v>
+      </c>
+      <c r="E719" t="s">
+        <v>10</v>
+      </c>
+      <c r="F719" t="s">
+        <v>1226</v>
+      </c>
+    </row>
+    <row r="720" spans="1:6">
+      <c r="A720" t="s">
+        <v>1472</v>
+      </c>
+      <c r="B720" t="s">
+        <v>1432</v>
+      </c>
+      <c r="C720" t="s">
+        <v>85</v>
+      </c>
+      <c r="D720" t="s">
+        <v>9</v>
+      </c>
+      <c r="E720" t="s">
+        <v>10</v>
+      </c>
+      <c r="F720" t="s">
+        <v>1473</v>
+      </c>
+    </row>
+    <row r="721" spans="1:6">
+      <c r="A721" t="s">
+        <v>1474</v>
+      </c>
+      <c r="B721" t="s">
+        <v>1432</v>
+      </c>
+      <c r="C721" t="s">
+        <v>88</v>
+      </c>
+      <c r="D721" t="s">
+        <v>9</v>
+      </c>
+      <c r="E721" t="s">
+        <v>10</v>
+      </c>
+      <c r="F721" t="s">
+        <v>1475</v>
+      </c>
+    </row>
+    <row r="722" spans="1:6">
+      <c r="A722" t="s">
+        <v>1476</v>
+      </c>
+      <c r="B722" t="s">
+        <v>1432</v>
+      </c>
+      <c r="C722" t="s">
+        <v>144</v>
+      </c>
+      <c r="D722" t="s">
+        <v>9</v>
+      </c>
+      <c r="E722" t="s">
+        <v>10</v>
+      </c>
+      <c r="F722" t="s">
+        <v>1477</v>
+      </c>
+    </row>
+    <row r="723" spans="1:6">
+      <c r="A723" t="s">
+        <v>1478</v>
+      </c>
+      <c r="B723" t="s">
+        <v>1432</v>
+      </c>
+      <c r="C723" t="s">
+        <v>147</v>
+      </c>
+      <c r="D723" t="s">
+        <v>9</v>
+      </c>
+      <c r="E723" t="s">
+        <v>10</v>
+      </c>
+      <c r="F723" t="s">
+        <v>1170</v>
+      </c>
+    </row>
+    <row r="724" spans="1:6">
+      <c r="A724" t="s">
+        <v>1479</v>
+      </c>
+      <c r="B724" t="s">
+        <v>1432</v>
+      </c>
+      <c r="C724" t="s">
+        <v>150</v>
+      </c>
+      <c r="D724" t="s">
+        <v>9</v>
+      </c>
+      <c r="E724" t="s">
+        <v>10</v>
+      </c>
+      <c r="F724" t="s">
+        <v>1480</v>
+      </c>
+    </row>
+    <row r="725" spans="1:6">
+      <c r="A725" t="s">
+        <v>1481</v>
+      </c>
+      <c r="B725" t="s">
+        <v>1432</v>
+      </c>
+      <c r="C725" t="s">
+        <v>153</v>
+      </c>
+      <c r="D725" t="s">
+        <v>9</v>
+      </c>
+      <c r="E725" t="s">
+        <v>10</v>
+      </c>
+      <c r="F725" t="s">
+        <v>1482</v>
+      </c>
+    </row>
+    <row r="726" spans="1:6">
+      <c r="A726" t="s">
+        <v>1483</v>
+      </c>
+      <c r="B726" t="s">
+        <v>1432</v>
+      </c>
+      <c r="C726" t="s">
+        <v>156</v>
+      </c>
+      <c r="D726" t="s">
+        <v>9</v>
+      </c>
+      <c r="E726" t="s">
+        <v>10</v>
+      </c>
+      <c r="F726" t="s">
+        <v>1484</v>
+      </c>
+    </row>
+    <row r="727" spans="1:6">
+      <c r="A727" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B727" t="s">
+        <v>1432</v>
+      </c>
+      <c r="C727" t="s">
+        <v>159</v>
+      </c>
+      <c r="D727" t="s">
+        <v>9</v>
+      </c>
+      <c r="E727" t="s">
+        <v>10</v>
+      </c>
+      <c r="F727" t="s">
+        <v>1486</v>
+      </c>
+    </row>
+    <row r="728" spans="1:6">
+      <c r="A728" t="s">
+        <v>1487</v>
+      </c>
+      <c r="B728" t="s">
+        <v>1432</v>
+      </c>
+      <c r="C728" t="s">
+        <v>162</v>
+      </c>
+      <c r="D728" t="s">
+        <v>9</v>
+      </c>
+      <c r="E728" t="s">
+        <v>10</v>
+      </c>
+      <c r="F728" t="s">
+        <v>1488</v>
+      </c>
+    </row>
+    <row r="729" spans="1:6">
+      <c r="A729" t="s">
+        <v>1489</v>
+      </c>
+      <c r="B729" t="s">
+        <v>1432</v>
+      </c>
+      <c r="C729" t="s">
+        <v>165</v>
+      </c>
+      <c r="D729" t="s">
+        <v>9</v>
+      </c>
+      <c r="E729" t="s">
+        <v>10</v>
+      </c>
+      <c r="F729" t="s">
+        <v>1314</v>
+      </c>
+    </row>
+    <row r="730" spans="1:6">
+      <c r="A730" t="s">
+        <v>1490</v>
+      </c>
+      <c r="B730" t="s">
+        <v>1432</v>
+      </c>
+      <c r="C730" t="s">
+        <v>168</v>
+      </c>
+      <c r="D730" t="s">
+        <v>9</v>
+      </c>
+      <c r="E730" t="s">
+        <v>10</v>
+      </c>
+      <c r="F730" t="s">
+        <v>1491</v>
+      </c>
+    </row>
+    <row r="731" spans="1:6">
+      <c r="A731" t="s">
+        <v>1492</v>
+      </c>
+      <c r="B731" t="s">
+        <v>1432</v>
+      </c>
+      <c r="C731" t="s">
+        <v>170</v>
+      </c>
+      <c r="D731" t="s">
+        <v>9</v>
+      </c>
+      <c r="E731" t="s">
+        <v>10</v>
+      </c>
+      <c r="F731" t="s">
+        <v>1493</v>
+      </c>
+    </row>
+    <row r="732" spans="1:6">
+      <c r="A732" t="s">
+        <v>1494</v>
+      </c>
+      <c r="B732" t="s">
+        <v>1432</v>
+      </c>
+      <c r="C732" t="s">
+        <v>173</v>
+      </c>
+      <c r="D732" t="s">
+        <v>9</v>
+      </c>
+      <c r="E732" t="s">
+        <v>10</v>
+      </c>
+      <c r="F732" t="s">
+        <v>1495</v>
+      </c>
+    </row>
+    <row r="733" spans="1:6">
+      <c r="A733" t="s">
+        <v>1496</v>
+      </c>
+      <c r="B733" t="s">
+        <v>1432</v>
+      </c>
+      <c r="C733" t="s">
+        <v>176</v>
+      </c>
+      <c r="D733" t="s">
+        <v>9</v>
+      </c>
+      <c r="E733" t="s">
+        <v>10</v>
+      </c>
+      <c r="F733" t="s">
+        <v>1497</v>
+      </c>
+    </row>
+    <row r="734" spans="1:6">
+      <c r="A734" t="s">
+        <v>1498</v>
+      </c>
+      <c r="B734" t="s">
+        <v>1432</v>
+      </c>
+      <c r="C734" t="s">
+        <v>179</v>
+      </c>
+      <c r="D734" t="s">
+        <v>9</v>
+      </c>
+      <c r="E734" t="s">
+        <v>10</v>
+      </c>
+      <c r="F734" t="s">
+        <v>1499</v>
+      </c>
+    </row>
+    <row r="735" spans="1:6">
+      <c r="A735" t="s">
+        <v>1500</v>
+      </c>
+      <c r="B735" t="s">
+        <v>1432</v>
+      </c>
+      <c r="C735" t="s">
+        <v>182</v>
+      </c>
+      <c r="D735" t="s">
+        <v>9</v>
+      </c>
+      <c r="E735" t="s">
+        <v>10</v>
+      </c>
+      <c r="F735" t="s">
+        <v>1501</v>
+      </c>
+    </row>
+    <row r="736" spans="1:6">
+      <c r="A736" t="s">
+        <v>1502</v>
+      </c>
+      <c r="B736" t="s">
+        <v>1432</v>
+      </c>
+      <c r="C736" t="s">
+        <v>185</v>
+      </c>
+      <c r="D736" t="s">
+        <v>9</v>
+      </c>
+      <c r="E736" t="s">
+        <v>10</v>
+      </c>
+      <c r="F736" t="s">
+        <v>1503</v>
+      </c>
+    </row>
+    <row r="737" spans="1:6">
+      <c r="A737" t="s">
+        <v>1504</v>
+      </c>
+      <c r="B737" t="s">
+        <v>1432</v>
+      </c>
+      <c r="C737" t="s">
+        <v>188</v>
+      </c>
+      <c r="D737" t="s">
+        <v>9</v>
+      </c>
+      <c r="E737" t="s">
+        <v>10</v>
+      </c>
+      <c r="F737" t="s">
+        <v>1232</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>